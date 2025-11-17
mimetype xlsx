--- v0 (2025-10-27)
+++ v1 (2025-11-17)
@@ -1,83 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cahcai-my.sharepoint.com/personal/haley_sheddy_hcai_ca_gov/Documents/Documents/Compliance Plan/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="8_{14C6F3CA-498F-4325-838E-209E61FFCF7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B34C304A-2CE6-4E6A-99FA-71F3EF648D6C}"/>
+  <xr:revisionPtr revIDLastSave="15" documentId="8_{14C6F3CA-498F-4325-838E-209E61FFCF7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FD05D136-D5A8-40FC-9762-E45966698794}"/>
   <bookViews>
     <workbookView xWindow="-38520" yWindow="-3915" windowWidth="38640" windowHeight="21120" xr2:uid="{4619AC6F-5B57-47B7-939F-FF27B01ED105}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="335" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="335" uniqueCount="92">
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Below are some examples of how to complete the Building Milestones table based on the Compliance Type selected for each building:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <u/>
@@ -337,150 +338,161 @@
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Relocate services to other existing compliant building(s)</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> ........ 8</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Example 1A</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">:
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Building Compliance Type</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">: SPC and NPC Retrofit (multiple buildings)
 This facility has 2 buildings, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00001</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> needs SPC 4D, NPC 4 and NPC 5 upgrade, and </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00002</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> needs NPC 4 and NPC 5 upgrade. 
 </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Note on NPC 5 upgrade</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: Since NPC 5 upgrade applies to the entire facility (all buildings), it is not necessary to add an NPC 5 milestone for each building. Adding the NPC 5 milestone to at least one building is acceptable and will count toward the entire campus (in this example, it has been added to BLD-00002).</t>
     </r>
   </si>
   <si>
     <t>Example 1A - Building Milestones</t>
   </si>
   <si>
     <t>Milestone</t>
   </si>
   <si>
     <t>Building No.</t>
   </si>
   <si>
     <r>
       <t>Milestone Type</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -761,251 +773,263 @@
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> requires both NPC 4 and NPC 5 upgrades.</t>
     </r>
   </si>
   <si>
     <t>Example 2A - Building Milestones</t>
   </si>
   <si>
     <t>BLD-00010</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Example 2B</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">:
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Building Compliance Type</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">: NPC Upgrade (Multiple buildings, one of which is NPC 5 upgrade only)
 This facility has two buildings, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00375</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> needs NPC 4 and NPC 5 upgrade, and </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00400</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> needs NPC 5 upgrade only</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">. 
 In this example, the NPC 5 milestones have already been added to building </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00375</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">. Since NPC 5 upgrade applies to the entire facility (all buildings), it is not necessary to add duplicate NPC 5 milestones to </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00400</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">. Instead, it is permissible to enter </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>only</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> the Construction Final</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, with a note in the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Description</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> that references the building where the full NPC 5 milestones are listed. For example, "</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NPC 5 Project(s) - See building BLD-00375 for intermediate milestones</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>".</t>
     </r>
   </si>
   <si>
     <t>Example 2B - Building Milestones</t>
   </si>
   <si>
     <t>BLD-00375</t>
   </si>
   <si>
     <t>BLD-00400</t>
   </si>
   <si>
     <t>NPC 5 project(s) - See BLD-00002 for intermediate milestones.</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
@@ -1293,110 +1317,117 @@
     <t>Demolition regional project submittal</t>
   </si>
   <si>
     <t>Obtain demolition regional project permit</t>
   </si>
   <si>
     <t xml:space="preserve">Demolition Construction - Utilities are severed to a point that the building is not usable. </t>
   </si>
   <si>
     <t>Demolition Construction 20% completion</t>
   </si>
   <si>
     <t>Demolition Construction 50% completion</t>
   </si>
   <si>
     <t>Demolition construction final</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Example 6</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">: 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Building Compliance Type</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">: Rerouting utilities, no GAC Services, convert to OSHPD 1R or transfer to the local jurisdiction having authority
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00350</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> has no GAC services in the building, but utilities and/or egress require construction. </t>
     </r>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Example 7</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
@@ -1554,70 +1585,67 @@
   <si>
     <t>Regional project submittal</t>
   </si>
   <si>
     <t>Obtain building permit</t>
   </si>
   <si>
     <t>Construction 20% completion</t>
   </si>
   <si>
     <t>Construction 50% completion</t>
   </si>
   <si>
     <t>Construction final</t>
   </si>
   <si>
     <t xml:space="preserve">SPC 4D upgrade construction document regional project submittal </t>
   </si>
   <si>
     <t xml:space="preserve">SPC 4D upgrade construction document  - regional project submittal </t>
   </si>
   <si>
     <t xml:space="preserve">SPC 4D upgrade construction document - regional project submittal </t>
   </si>
   <si>
-    <t>l;'</t>
-[...4 lines deleted...]
-  <si>
     <t>Revision date 08/25/2025</t>
   </si>
   <si>
     <t xml:space="preserve">SPC/Demo/RACs Construction Project Submittal </t>
   </si>
   <si>
     <t>SPC/Demo/RACs Permit Issuance</t>
+  </si>
+  <si>
+    <t>SPC 4D upgrade construction project 50% completion milestone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
@@ -1648,106 +1676,98 @@
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
-      <sz val="11"/>
-[...24 lines deleted...]
-    <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -2060,51 +2080,55 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2386,74 +2410,74 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D3CA47B-69BE-4B0D-AC1B-AB1F7379CECE}">
   <dimension ref="A1:E143"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A112" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D134" sqref="D134"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="60.59765625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="66.59765625" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.59765625" style="18" customWidth="1"/>
     <col min="3" max="3" width="18.59765625" customWidth="1"/>
     <col min="4" max="4" width="39" customWidth="1"/>
     <col min="5" max="5" width="44.73046875" customWidth="1"/>
     <col min="6" max="6" width="21.1328125" customWidth="1"/>
     <col min="7" max="9" width="44.3984375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="233.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:5" ht="354" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A2" s="4"/>
       <c r="E2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="3" spans="1:5" s="1" customFormat="1" ht="186.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A3" s="23" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="18"/>
     </row>
     <row r="4" spans="1:5" s="1" customFormat="1" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A4" s="5"/>
       <c r="B4" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="27"/>
       <c r="D4" s="27"/>
       <c r="E4" s="28"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A5" s="2"/>
       <c r="B5" s="19" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>4</v>
       </c>
@@ -2478,96 +2502,96 @@
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B7" s="20">
         <v>2</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B8" s="20">
         <v>3</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B9" s="20">
         <v>4</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="25" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="10" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B10" s="20">
         <v>5</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E10" s="25" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="E10" s="7" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B11" s="20">
         <v>6</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>89</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B12" s="20">
         <v>7</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B13" s="20">
         <v>8</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>17</v>
@@ -2794,51 +2818,51 @@
         <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B32" s="20">
         <v>1</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B33" s="20">
         <v>2</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B34" s="20">
         <v>3</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B35" s="20">
         <v>4</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>7</v>
@@ -3475,65 +3499,65 @@
         <v>51</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B88" s="20">
         <v>3</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E88" s="7" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="89" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B89" s="20">
         <v>4</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E89" s="7" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B90" s="20">
         <v>5</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E90" s="7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B91" s="20">
         <v>6</v>
       </c>
       <c r="C91" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E91" s="7" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B92" s="20">
         <v>7</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>50</v>
@@ -3768,65 +3792,65 @@
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B114" s="20">
         <v>1</v>
       </c>
       <c r="C114" s="3" t="s">
         <v>65</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E114" s="7" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B115" s="20">
         <v>2</v>
       </c>
       <c r="C115" s="3" t="s">
         <v>65</v>
       </c>
       <c r="D115" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E115" s="7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B116" s="20">
         <v>3</v>
       </c>
       <c r="C116" s="3" t="s">
         <v>65</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E116" s="7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="117" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B117" s="20">
         <v>4</v>
       </c>
       <c r="C117" s="3" t="s">
         <v>65</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E117" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B118" s="20">
         <v>5</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>65</v>
@@ -3962,65 +3986,65 @@
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
       <c r="B132" s="20">
         <v>1</v>
       </c>
       <c r="C132" s="3" t="s">
         <v>78</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E132" s="7" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B133" s="20">
         <v>2</v>
       </c>
       <c r="C133" s="3" t="s">
         <v>78</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E133" s="7" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B134" s="20">
         <v>3</v>
       </c>
       <c r="C134" s="3" t="s">
         <v>78</v>
       </c>
       <c r="D134" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E134" s="7" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B135" s="20">
         <v>4</v>
       </c>
       <c r="C135" s="3" t="s">
         <v>78</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E135" s="7" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.45">
       <c r="B136" s="20">
         <v>5</v>
       </c>
       <c r="C136" s="3" t="s">
         <v>78</v>