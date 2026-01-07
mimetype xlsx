--- v1 (2025-11-17)
+++ v2 (2026-01-07)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cahcai-my.sharepoint.com/personal/haley_sheddy_hcai_ca_gov/Documents/Documents/Compliance Plan/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cahcai-my.sharepoint.com/personal/kelie_zimmer_hcai_ca_gov/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="15" documentId="8_{14C6F3CA-498F-4325-838E-209E61FFCF7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FD05D136-D5A8-40FC-9762-E45966698794}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{64210EE7-9667-467D-B0B7-672BA99DE1F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-38520" yWindow="-3915" windowWidth="38640" windowHeight="21120" xr2:uid="{4619AC6F-5B57-47B7-939F-FF27B01ED105}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4619AC6F-5B57-47B7-939F-FF27B01ED105}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="335" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="407" uniqueCount="108">
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Below are some examples of how to complete the Building Milestones table based on the Compliance Type selected for each building:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <u/>
@@ -129,249 +129,249 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>SPC and NPC Retrofit</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> (multiple buildings) ................................... 1A
+      <t xml:space="preserve"> (multiple buildings) ..................................... 1A
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>SPC and NPC Retrofit</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> .................................................................... 1B
+      <t xml:space="preserve"> ..................................................................... 1B
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NPC Retrofit</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> .................................................................................... 2A
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NPC Retrofit</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> (multiple buildings, one of which is NPC 5 only) .... 2B
+      <t xml:space="preserve"> (multiple buildings, one of which is NPC 5 only) ........ 2B
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>SPC Retrofit</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> ..................................................................................... 3
+      <t xml:space="preserve"> ...................................................................................... 3
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>2030 Compliant Building</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> ............................................................... 4
+      <t xml:space="preserve"> .................................................................. 4
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Demolish Building</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> .......................................................................... 5
+      <t xml:space="preserve"> ............................................................................ 5
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>No GAC services, convert to OSHPD 1R</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> ....................................... 6
+      <t xml:space="preserve">........................................... 6
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Relocate services to NEW building(s)</t>
-[...10 lines deleted...]
-</t>
+      <t xml:space="preserve">Relocate services to NEW building(s) .............................................. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Relocate services to other existing compliant building(s)</t>
-[...9 lines deleted...]
-      <t xml:space="preserve"> ........ 8</t>
+      <t xml:space="preserve">
+Relocate services to other existing compliant building(s)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> .............. 8</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Example 1A</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">:
 </t>
@@ -497,63 +497,75 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (drop-down selection)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Description</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (text field)</t>
     </r>
   </si>
   <si>
     <t>BLD-00001</t>
   </si>
   <si>
+    <t>Material Testing Report Submittal</t>
+  </si>
+  <si>
+    <t>MTCAP submittal</t>
+  </si>
+  <si>
     <t>Evaluation Report Submittal</t>
   </si>
   <si>
-    <t>MTCAP submittal</t>
-[...1 lines deleted...]
-  <si>
     <t>SPC 4D SCU evaluation</t>
   </si>
   <si>
+    <t xml:space="preserve">SPC/Demo/RACs Construction Project Submittal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPC 4D upgrade construction document  - regional project submittal </t>
+  </si>
+  <si>
     <t xml:space="preserve">Construction Milestone </t>
   </si>
   <si>
     <t>SPC 4D upgrade construction project 20% completion milestone</t>
+  </si>
+  <si>
+    <t>SPC 4D upgrade construction project 50% completion milestone</t>
   </si>
   <si>
     <t xml:space="preserve">Construction Final </t>
   </si>
   <si>
     <t>SPC 4D upgrade construction project - construction final</t>
   </si>
   <si>
     <t>NPC 4/4D Construction Document Submittal</t>
   </si>
   <si>
     <t>NPC 4/4D upgrade regional projects submittal</t>
   </si>
   <si>
     <t>NPC 4/4D Permit Issuance</t>
   </si>
   <si>
     <t>Obtain NPC 4/4D upgrade permit(s)</t>
   </si>
   <si>
     <t>NPC 4/4D Construction 20% completion</t>
   </si>
   <si>
     <t>NPC 4/4D upgrade construction project final(s)</t>
   </si>
@@ -675,50 +687,53 @@
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(drop-down selection)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Description </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(text field)</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">SPC 4D upgrade construction document regional project submittal </t>
   </si>
   <si>
     <t xml:space="preserve">NPC 4/4D project(s) and NPC 5 - completion of all related projects </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Example 2A</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -1001,53 +1016,50 @@
         <scheme val="minor"/>
       </rPr>
       <t>NPC 5 Project(s) - See building BLD-00375 for intermediate milestones</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>".</t>
     </r>
   </si>
   <si>
     <t>Example 2B - Building Milestones</t>
   </si>
   <si>
     <t>BLD-00375</t>
   </si>
   <si>
     <t>BLD-00400</t>
   </si>
   <si>
-    <t>NPC 5 project(s) - See BLD-00002 for intermediate milestones.</t>
-[...1 lines deleted...]
-  <si>
     <t>N/A</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Example 3</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">: </t>
     </r>
@@ -1095,54 +1107,57 @@
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00025</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> is currently SPC 2 and NPC 5, so it only needs SPC 4D upgrade.</t>
     </r>
   </si>
   <si>
     <t>Example 3 - Building Milestones</t>
   </si>
   <si>
     <t>BLD-00025</t>
   </si>
   <si>
     <t>SPC 4D evaluation submittal</t>
   </si>
   <si>
-    <t>Material Testing Report Submittal</t>
-[...1 lines deleted...]
-  <si>
     <t>MTCAR submittal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPC 4D upgrade construction document - regional project submittal </t>
+  </si>
+  <si>
+    <t>SPC/Demo/RACs Permit Issuance</t>
   </si>
   <si>
     <t>Obtain SPC 4D project building permit</t>
   </si>
   <si>
     <t>SPC 4D Construction 20% completion</t>
   </si>
   <si>
     <t>SPC 4D Construction 50% completion</t>
   </si>
   <si>
     <t>SPC 4D Construction Final</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Example 4</t>
@@ -1290,50 +1305,53 @@
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00200</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> will be demolished.</t>
     </r>
   </si>
   <si>
     <t>Example 5 - Building Milestones</t>
   </si>
   <si>
     <t>BLD-00200</t>
   </si>
   <si>
     <t xml:space="preserve">Evaluation Report Submittal </t>
+  </si>
+  <si>
+    <t>Submitting Intent to remove GAC Services letter from facility in a SCU project</t>
   </si>
   <si>
     <t>Demolition regional project submittal</t>
   </si>
   <si>
     <t>Obtain demolition regional project permit</t>
   </si>
   <si>
     <t xml:space="preserve">Demolition Construction - Utilities are severed to a point that the building is not usable. </t>
   </si>
   <si>
     <t>Demolition Construction 20% completion</t>
   </si>
   <si>
     <t>Demolition Construction 50% completion</t>
   </si>
   <si>
     <t>Demolition construction final</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
@@ -1390,51 +1408,69 @@
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00350</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> has no GAC services in the building, but utilities and/or egress require construction. </t>
     </r>
   </si>
   <si>
-    <t>OR</t>
+    <t>Example  6 - Building Milestones</t>
+  </si>
+  <si>
+    <t>BLD-00350</t>
+  </si>
+  <si>
+    <t>Regional project submittal</t>
+  </si>
+  <si>
+    <t>Obtain building permit</t>
+  </si>
+  <si>
+    <t>Construction 20% completion</t>
+  </si>
+  <si>
+    <t>Construction 50% completion</t>
+  </si>
+  <si>
+    <t>Construction final - No GAC services remain and utilities/egress do not support GAC buildings</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Example 7</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">: </t>
     </r>
     <r>
@@ -1472,50 +1508,77 @@
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00350</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> has GAC services in the building, and utilities and/or egress require construction. The ultimate goal is to convert to OSHPD 1R or transfer it to the local jurisdiction having authority.</t>
     </r>
   </si>
   <si>
+    <t>Example 7 - Building Milestones</t>
+  </si>
+  <si>
+    <t>Regional project submittal for New building(s)</t>
+  </si>
+  <si>
+    <t>Obtain building permit  for New building(s)</t>
+  </si>
+  <si>
+    <t>Construction 20% completion for New building(s)</t>
+  </si>
+  <si>
+    <t>Construction final  for New building(s)</t>
+  </si>
+  <si>
+    <t>Regional project submittal for Existing building for utility separation, etc.</t>
+  </si>
+  <si>
+    <t>Obtain building permit for Existing building  for utility separation, etc.</t>
+  </si>
+  <si>
+    <t>Construction 20% completion for Existing building  for utility separation, etc.</t>
+  </si>
+  <si>
+    <t>Construction final for Existing building - No GAC services remain and utilities/egress do not support GAC buildings</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Example 8</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">:
 </t>
     </r>
     <r>
       <rPr>
@@ -1552,93 +1615,78 @@
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>BLD-00350</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> has GAC services in the building, and utilities and/or egress require construction. The ultimate goal is to convert to OSHPD 1R or transfer it to the local jurisdiction having authority. </t>
     </r>
   </si>
   <si>
-    <t>Example 6, 7, 8 - Building Milestones</t>
-[...41 lines deleted...]
-    <t>SPC 4D upgrade construction project 50% completion milestone</t>
+    <t>Example  8 - Building Milestones</t>
+  </si>
+  <si>
+    <t>Notes added to Example 6,7,8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Revision: </t>
+  </si>
+  <si>
+    <t>Revision Date:</t>
+  </si>
+  <si>
+    <t>NPC 5 project(s) - See BLD-00375 for intermediate milestones.</t>
+  </si>
+  <si>
+    <t>RACs regional project submittal</t>
+  </si>
+  <si>
+    <t>RACs Construction 20% completion</t>
+  </si>
+  <si>
+    <t>If required</t>
+  </si>
+  <si>
+    <t>RACs construction final</t>
+  </si>
+  <si>
+    <t>RACs milestones added to Example 5 Demolish Bldg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
@@ -1719,86 +1767,87 @@
       <b/>
       <u/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <u/>
+      <i/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -1988,55 +2037,103 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -2047,88 +2144,98 @@
     <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2408,1755 +2515,2108 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D3CA47B-69BE-4B0D-AC1B-AB1F7379CECE}">
-  <dimension ref="A1:E143"/>
+  <dimension ref="A1:H169"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="66.59765625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="18.59765625" customWidth="1"/>
+    <col min="1" max="1" width="66.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="18" customWidth="1"/>
+    <col min="3" max="3" width="18.5703125" customWidth="1"/>
     <col min="4" max="4" width="39" customWidth="1"/>
-    <col min="5" max="5" width="44.73046875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="9" width="44.3984375" customWidth="1"/>
+    <col min="5" max="5" width="44.7109375" customWidth="1"/>
+    <col min="6" max="6" width="21.140625" customWidth="1"/>
+    <col min="7" max="9" width="44.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="354" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:8" ht="224.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:5" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="2" spans="1:8" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4"/>
-      <c r="E2" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="23" t="s">
+      <c r="G2" s="33" t="s">
+        <v>100</v>
+      </c>
+      <c r="H2" s="33" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="15.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="4"/>
+      <c r="G3" s="32" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" s="35">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="G4" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H4" s="31">
+        <v>45979</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+    </row>
+    <row r="6" spans="1:8" s="1" customFormat="1" ht="186.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="23" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="18"/>
-[...3 lines deleted...]
-      <c r="B4" s="26" t="s">
+      <c r="B6" s="18"/>
+    </row>
+    <row r="7" spans="1:8" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="5"/>
+      <c r="B7" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="27"/>
-[...5 lines deleted...]
-      <c r="B5" s="19" t="s">
+      <c r="C7" s="37"/>
+      <c r="D7" s="37"/>
+      <c r="E7" s="38"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="2"/>
+      <c r="B8" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="14" t="s">
+      <c r="C8" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="D5" s="14" t="s">
+      <c r="D8" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="15" t="s">
+      <c r="E8" s="15" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.45">
-      <c r="B6" s="20">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B9" s="20">
         <v>1</v>
-      </c>
-[...40 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
+        <v>8</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B10" s="20">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="E10" s="7" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
+    </row>
+    <row r="11" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="B11" s="20">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E11" s="7" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:5" x14ac:dyDescent="0.45">
+    </row>
+    <row r="12" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="B12" s="20">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="24" t="s">
         <v>15</v>
       </c>
-      <c r="E12" s="7" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:5" x14ac:dyDescent="0.45">
+    </row>
+    <row r="13" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="B13" s="20">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5" x14ac:dyDescent="0.45">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="B14" s="20">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E14" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B15" s="20">
+        <v>7</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" s="3" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" s="21">
+      <c r="E15" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B16" s="20">
+        <v>8</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B17" s="20">
+        <v>9</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="21">
         <v>10</v>
       </c>
-      <c r="C15" s="9" t="s">
+      <c r="C18" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="D15" s="9" t="s">
-[...11 lines deleted...]
-      <c r="B17" s="22" t="s">
+      <c r="D18" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E19" s="4"/>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="2"/>
+      <c r="B20" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="C17" s="11" t="s">
+      <c r="C20" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D17" s="11" t="s">
+      <c r="D20" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E17" s="12" t="s">
+      <c r="E20" s="12" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.45">
-      <c r="B18" s="20">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B21" s="20">
         <v>1</v>
       </c>
-      <c r="C18" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="C21" s="3" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B22" s="20">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="23" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="23" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B23" s="20">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D23" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="E23" s="7" t="s">
+    </row>
+    <row r="24" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B24" s="20">
+        <v>4</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D24" s="3" t="s">
         <v>29</v>
-      </c>
-[...9 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="25" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B25" s="20">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C25" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D25" s="3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="26" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B26" s="20">
+        <v>6</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B27" s="20">
+        <v>7</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B28" s="20">
+        <v>8</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B29" s="20">
         <v>9</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B27" s="21">
+      <c r="C29" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="21">
         <v>10</v>
       </c>
-      <c r="C27" s="9" t="s">
-[...28 lines deleted...]
-      <c r="B31" s="19" t="s">
+      <c r="C30" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D30" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E31" s="4"/>
+    </row>
+    <row r="32" spans="1:5" ht="94.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C32" s="1"/>
+      <c r="E32" s="4"/>
+    </row>
+    <row r="33" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="36" t="s">
+        <v>39</v>
+      </c>
+      <c r="C33" s="37"/>
+      <c r="D33" s="37"/>
+      <c r="E33" s="38"/>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B34" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="C31" s="14" t="s">
+      <c r="C34" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="D31" s="14" t="s">
-[...7 lines deleted...]
-      <c r="B32" s="20">
+      <c r="D34" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E34" s="16" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B35" s="20">
         <v>1</v>
-      </c>
-[...40 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:5" x14ac:dyDescent="0.45">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B36" s="20">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:5" x14ac:dyDescent="0.45">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B37" s="20">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:5" x14ac:dyDescent="0.45">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B38" s="20">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5" x14ac:dyDescent="0.45">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B39" s="20">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5" x14ac:dyDescent="0.45">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B40" s="20">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E40" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B41" s="20">
+        <v>7</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E41" s="7" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="41" spans="1:5" ht="28.9" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B41" s="21">
+    <row r="42" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B42" s="20">
+        <v>8</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B43" s="20">
+        <v>9</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="21">
         <v>10</v>
       </c>
-      <c r="C41" s="9" t="s">
+      <c r="C44" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="D41" s="9" t="s">
-[...25 lines deleted...]
-      <c r="B45" s="19" t="s">
+      <c r="D44" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E44" s="10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E45" s="4"/>
+    </row>
+    <row r="46" spans="1:5" ht="81.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C46" s="1"/>
+      <c r="E46" s="4"/>
+    </row>
+    <row r="47" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="36" t="s">
+        <v>45</v>
+      </c>
+      <c r="C47" s="37"/>
+      <c r="D47" s="37"/>
+      <c r="E47" s="38"/>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B48" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="C45" s="14" t="s">
+      <c r="C48" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="D45" s="14" t="s">
+      <c r="D48" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="E45" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="46" spans="1:5" x14ac:dyDescent="0.45">
-      <c r="B46" s="20">
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B49" s="20">
         <v>1</v>
       </c>
-      <c r="C46" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="C49" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="50" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B50" s="20">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="51" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="51" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B51" s="20">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D51" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E51" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="E51" s="7" t="s">
+    </row>
+    <row r="52" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B52" s="20">
+        <v>4</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D52" s="3" t="s">
         <v>29</v>
-      </c>
-[...9 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="53" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="53" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B53" s="20">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="54" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B54" s="20">
+        <v>6</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B55" s="20">
+        <v>7</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B56" s="20">
+        <v>8</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B57" s="20">
         <v>9</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B55" s="21">
+      <c r="C57" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="21">
         <v>10</v>
       </c>
-      <c r="C55" s="9" t="s">
-[...27 lines deleted...]
-      <c r="B59" s="22" t="s">
+      <c r="C58" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D58" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E58" s="10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E59" s="4"/>
+    </row>
+    <row r="60" spans="1:5" ht="234" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="E60" s="4"/>
+    </row>
+    <row r="61" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B61" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="C61" s="37"/>
+      <c r="D61" s="37"/>
+      <c r="E61" s="38"/>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B62" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="C59" s="11" t="s">
+      <c r="C62" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D59" s="11" t="s">
+      <c r="D62" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E59" s="12" t="s">
+      <c r="E62" s="12" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="60" spans="1:5" x14ac:dyDescent="0.45">
-      <c r="B60" s="20">
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B63" s="20">
         <v>1</v>
       </c>
-      <c r="C60" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="C63" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="64" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B64" s="20">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E64" s="7" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="65" spans="2:5" x14ac:dyDescent="0.45">
+    <row r="65" spans="2:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B65" s="20">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D65" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="E65" s="7" t="s">
+    </row>
+    <row r="66" spans="2:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B66" s="20">
+        <v>4</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D66" s="3" t="s">
         <v>29</v>
-      </c>
-[...9 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E66" s="7" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="67" spans="2:5" x14ac:dyDescent="0.45">
+    <row r="67" spans="2:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B67" s="20">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E67" s="7" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="68" spans="2:5" x14ac:dyDescent="0.45">
+    <row r="68" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B68" s="20">
+        <v>6</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="69" spans="2:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B69" s="20">
+        <v>7</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="70" spans="2:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B70" s="20">
+        <v>8</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="71" spans="2:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B71" s="20">
         <v>9</v>
       </c>
-      <c r="C68" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B69" s="21">
+      <c r="C71" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="72" spans="2:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B72" s="21">
         <v>10</v>
       </c>
-      <c r="C69" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B71" s="22" t="s">
+      <c r="C72" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D72" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E72" s="10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="73" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E73" s="4"/>
+    </row>
+    <row r="74" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B74" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="C71" s="11" t="s">
+      <c r="C74" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D71" s="11" t="s">
+      <c r="D74" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E71" s="12" t="s">
+      <c r="E74" s="12" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="72" spans="2:5" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B72" s="20">
+    <row r="75" spans="2:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B75" s="20">
         <v>1</v>
       </c>
-      <c r="C72" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B73" s="20">
+      <c r="C75" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="76" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B76" s="20">
         <v>2</v>
       </c>
-      <c r="C73" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B74" s="20">
+      <c r="C76" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E76" s="7"/>
+    </row>
+    <row r="77" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B77" s="20">
         <v>3</v>
       </c>
-      <c r="C74" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B75" s="20">
+      <c r="C77" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E77" s="7"/>
+    </row>
+    <row r="78" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B78" s="20">
         <v>4</v>
       </c>
-      <c r="C75" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B76" s="20">
+      <c r="C78" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E78" s="7"/>
+    </row>
+    <row r="79" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B79" s="20">
         <v>5</v>
       </c>
-      <c r="C76" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B77" s="20">
+      <c r="C79" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E79" s="7"/>
+    </row>
+    <row r="80" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B80" s="20">
         <v>6</v>
       </c>
-      <c r="C77" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B78" s="20">
+      <c r="C80" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E80" s="7"/>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B81" s="20">
         <v>7</v>
       </c>
-      <c r="C78" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B79" s="20">
+      <c r="C81" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E81" s="7"/>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B82" s="20">
         <v>8</v>
       </c>
-      <c r="C79" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B80" s="20">
+      <c r="C82" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E82" s="7"/>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B83" s="20">
         <v>9</v>
       </c>
-      <c r="C80" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B81" s="21">
+      <c r="C83" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E83" s="7"/>
+    </row>
+    <row r="84" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B84" s="21">
         <v>10</v>
       </c>
-      <c r="C81" s="9" t="s">
-[...25 lines deleted...]
-      <c r="B85" s="19" t="s">
+      <c r="C84" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D84" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E84" s="13"/>
+    </row>
+    <row r="85" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E85" s="4"/>
+    </row>
+    <row r="86" spans="1:5" ht="96.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E86" s="4"/>
+    </row>
+    <row r="87" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B87" s="36" t="s">
+        <v>53</v>
+      </c>
+      <c r="C87" s="37"/>
+      <c r="D87" s="37"/>
+      <c r="E87" s="38"/>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B88" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="C85" s="14" t="s">
+      <c r="C88" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="D85" s="14" t="s">
+      <c r="D88" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="E85" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="86" spans="1:5" x14ac:dyDescent="0.45">
-      <c r="B86" s="20">
+    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B89" s="20">
         <v>1</v>
       </c>
-      <c r="C86" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E86" s="7" t="s">
+      <c r="C89" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E89" s="7" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="87" spans="1:5" x14ac:dyDescent="0.45">
-      <c r="B87" s="20">
+    <row r="90" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B90" s="20">
         <v>2</v>
       </c>
-      <c r="C87" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D87" s="3" t="s">
+      <c r="C90" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B91" s="20">
+        <v>3</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D91" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="E87" s="7" t="s">
+      <c r="E91" s="7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B92" s="20">
+        <v>4</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B93" s="20">
+        <v>5</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="E93" s="7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B94" s="20">
+        <v>6</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B95" s="20">
+        <v>7</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B96" s="20">
+        <v>8</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E96" s="7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B97" s="20">
+        <v>9</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D97" s="3" t="s">
         <v>51</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B88" s="20">
+      <c r="E97" s="8"/>
+    </row>
+    <row r="98" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B98" s="21">
+        <v>10</v>
+      </c>
+      <c r="C98" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D98" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E98" s="13"/>
+    </row>
+    <row r="99" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E99" s="4"/>
+    </row>
+    <row r="100" spans="1:5" ht="96" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="E100" s="4"/>
+    </row>
+    <row r="101" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B101" s="36" t="s">
+        <v>64</v>
+      </c>
+      <c r="C101" s="37"/>
+      <c r="D101" s="37"/>
+      <c r="E101" s="38"/>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B102" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="C88" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B89" s="20">
+      <c r="C102" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="C89" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B90" s="20">
+      <c r="D102" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="C90" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B91" s="20">
+      <c r="E102" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="C91" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B92" s="20">
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B103" s="20">
+        <v>1</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="E103" s="7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B104" s="20">
+        <v>2</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E104" s="7"/>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B105" s="20">
+        <v>3</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E105" s="7"/>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B106" s="20">
+        <v>4</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E106" s="7"/>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B107" s="20">
+        <v>5</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E107" s="7"/>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B108" s="20">
+        <v>6</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E108" s="7"/>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B109" s="20">
         <v>7</v>
       </c>
-      <c r="C92" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B93" s="20">
+      <c r="C109" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E109" s="7"/>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B110" s="20">
         <v>8</v>
       </c>
-      <c r="C93" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B94" s="20">
+      <c r="C110" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E110" s="7"/>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B111" s="20">
         <v>9</v>
       </c>
-      <c r="C94" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B95" s="21">
+      <c r="C111" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E111" s="7"/>
+    </row>
+    <row r="112" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B112" s="21">
         <v>10</v>
       </c>
-      <c r="C95" s="9" t="s">
-[...11 lines deleted...]
-      <c r="A97" s="6" t="s">
+      <c r="C112" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D112" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E112" s="10"/>
+    </row>
+    <row r="113" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E113" s="4"/>
+    </row>
+    <row r="114" spans="1:6" ht="82.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E114" s="4"/>
+    </row>
+    <row r="115" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B115" s="36" t="s">
+        <v>69</v>
+      </c>
+      <c r="C115" s="37"/>
+      <c r="D115" s="37"/>
+      <c r="E115" s="38"/>
+    </row>
+    <row r="116" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B116" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="C116" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="D116" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="E116" s="15" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="B117" s="20">
+        <v>1</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E117" s="7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B118" s="20">
+        <v>2</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E118" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="F118" s="34" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B119" s="20">
+        <v>3</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D119" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="F119" s="34" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B120" s="20">
+        <v>4</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E120" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="F120" s="34" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B121" s="20">
+        <v>5</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E121" s="7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B122" s="20">
+        <v>6</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D122" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="C97" s="1"/>
-[...99 lines deleted...]
-      <c r="B106" s="20">
+      <c r="E122" s="7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="B123" s="20">
         <v>7</v>
       </c>
-      <c r="C106" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B107" s="20">
+      <c r="C123" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B124" s="20">
         <v>8</v>
       </c>
-      <c r="C107" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B108" s="20">
+      <c r="C124" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D124" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B125" s="20">
         <v>9</v>
       </c>
-      <c r="C108" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B109" s="21">
+      <c r="C125" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B126" s="21">
         <v>10</v>
       </c>
-      <c r="C109" s="9" t="s">
-[...104 lines deleted...]
-      <c r="E118" s="7" t="s">
+      <c r="C126" s="9" t="s">
         <v>70</v>
       </c>
-    </row>
-[...85 lines deleted...]
-      <c r="C127" s="1"/>
+      <c r="D126" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E126" s="7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" x14ac:dyDescent="0.25">
       <c r="E127" s="4"/>
     </row>
-    <row r="128" spans="1:5" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
-[...2 lines deleted...]
-      </c>
+    <row r="128" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="17"/>
       <c r="C128" s="1"/>
       <c r="E128" s="4"/>
     </row>
-    <row r="129" spans="1:5" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...1 lines deleted...]
-        <v>76</v>
+    <row r="129" spans="1:5" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="23" t="s">
+        <v>79</v>
       </c>
       <c r="C129" s="1"/>
       <c r="E129" s="4"/>
     </row>
-    <row r="130" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...7 lines deleted...]
-    <row r="131" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="130" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B130" s="36" t="s">
+        <v>80</v>
+      </c>
+      <c r="C130" s="37"/>
+      <c r="D130" s="37"/>
+      <c r="E130" s="38"/>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B131" s="19" t="s">
         <v>3</v>
       </c>
       <c r="C131" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D131" s="14" t="s">
         <v>5</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="132" spans="1:5" ht="28.5" x14ac:dyDescent="0.45">
+    <row r="132" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B132" s="20">
         <v>1</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="E132" s="7" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:5" x14ac:dyDescent="0.45">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B133" s="20">
         <v>2</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>89</v>
+        <v>12</v>
       </c>
       <c r="E133" s="7" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:5" x14ac:dyDescent="0.45">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B134" s="20">
         <v>3</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D134" s="3" t="s">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="E134" s="7" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:5" x14ac:dyDescent="0.45">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B135" s="20">
         <v>4</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D135" s="3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E135" s="7" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:5" x14ac:dyDescent="0.45">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B136" s="20">
         <v>5</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E136" s="7" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:5" x14ac:dyDescent="0.45">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="B137" s="20">
         <v>6</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E137" s="7" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:5" x14ac:dyDescent="0.45">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B138" s="20">
         <v>7</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E138" s="7"/>
     </row>
-    <row r="139" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B139" s="20">
         <v>8</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E139" s="7"/>
     </row>
-    <row r="140" spans="1:5" x14ac:dyDescent="0.45">
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B140" s="20">
         <v>9</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E140" s="7"/>
     </row>
-    <row r="141" spans="1:5" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="141" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B141" s="21">
         <v>10</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D141" s="9" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E141" s="13"/>
     </row>
-    <row r="143" spans="1:5" x14ac:dyDescent="0.45">
-      <c r="A143" s="24"/>
+    <row r="142" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="143" spans="1:5" ht="112.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C143" s="1"/>
+      <c r="E143" s="4"/>
+    </row>
+    <row r="144" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B144" s="36" t="s">
+        <v>88</v>
+      </c>
+      <c r="C144" s="37"/>
+      <c r="D144" s="37"/>
+      <c r="E144" s="38"/>
+    </row>
+    <row r="145" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B145" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="C145" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="D145" s="26" t="s">
+        <v>5</v>
+      </c>
+      <c r="E145" s="27" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B146" s="28">
+        <v>1</v>
+      </c>
+      <c r="C146" s="29" t="s">
+        <v>81</v>
+      </c>
+      <c r="D146" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="E146" s="30" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B147" s="20">
+        <v>2</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E147" s="7" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B148" s="20">
+        <v>3</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D148" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="E148" s="7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B149" s="20">
+        <v>4</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="7" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B150" s="20">
+        <v>5</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E150" s="7" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B151" s="20">
+        <v>6</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D151" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" s="7" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B152" s="20">
+        <v>7</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D152" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="E152" s="7" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B153" s="20">
+        <v>8</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D153" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="7" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" ht="40.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B154" s="20">
+        <v>9</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D154" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E154" s="7" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" ht="14.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B155" s="21">
+        <v>10</v>
+      </c>
+      <c r="C155" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D155" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E155" s="10"/>
+    </row>
+    <row r="156" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="17"/>
+      <c r="C156" s="1"/>
+      <c r="E156" s="4"/>
+    </row>
+    <row r="157" spans="1:5" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="C157" s="1"/>
+      <c r="E157" s="4"/>
+    </row>
+    <row r="158" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B158" s="36" t="s">
+        <v>98</v>
+      </c>
+      <c r="C158" s="37"/>
+      <c r="D158" s="37"/>
+      <c r="E158" s="38"/>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B159" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="C159" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="D159" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="E159" s="15" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B160" s="20">
+        <v>1</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D160" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E160" s="7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="161" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B161" s="20">
+        <v>2</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E161" s="7" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="162" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B162" s="20">
+        <v>3</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D162" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="E162" s="7" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="163" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B163" s="20">
+        <v>4</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D163" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="7" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="164" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B164" s="20">
+        <v>5</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D164" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="7" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="165" spans="2:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B165" s="20">
+        <v>6</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D165" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E165" s="7" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="166" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B166" s="20">
+        <v>7</v>
+      </c>
+      <c r="C166" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D166" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E166" s="7"/>
+    </row>
+    <row r="167" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B167" s="20">
+        <v>8</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D167" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E167" s="7"/>
+    </row>
+    <row r="168" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B168" s="20">
+        <v>9</v>
+      </c>
+      <c r="C168" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D168" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E168" s="7"/>
+    </row>
+    <row r="169" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B169" s="21">
+        <v>10</v>
+      </c>
+      <c r="C169" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D169" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E169" s="13"/>
     </row>
   </sheetData>
-  <mergeCells count="8">
-    <mergeCell ref="B112:E112"/>
+  <mergeCells count="10">
+    <mergeCell ref="B115:E115"/>
+    <mergeCell ref="B158:E158"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="B33:E33"/>
+    <mergeCell ref="B47:E47"/>
+    <mergeCell ref="B87:E87"/>
+    <mergeCell ref="B101:E101"/>
+    <mergeCell ref="B61:E61"/>
+    <mergeCell ref="B144:E144"/>
     <mergeCell ref="B130:E130"/>
-    <mergeCell ref="B4:E4"/>
-[...4 lines deleted...]
-    <mergeCell ref="B58:E58"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{28891a93-888f-489f-9930-e78b8f733ca6}" enabled="0" method="" siteId="{28891a93-888f-489f-9930-e78b8f733ca6}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>